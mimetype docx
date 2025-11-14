--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -8,1437 +8,1742 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="320E78C9" w14:textId="25150508" w:rsidR="003342D4" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="2C52D1E9" w14:textId="1AE1AB04" w:rsidR="003342D4" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="326ECD43" wp14:editId="35361B74">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E6A73B8" wp14:editId="7CBAAC61">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="1212207845" name="Gráfico 1"/>
+            <wp:docPr id="1994033554" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1212207845" name=""/>
+                    <pic:cNvPr id="1994033554" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F37BDEB" w14:textId="3BA517DF" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="1A6F7AED" w14:textId="418F05B5" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47919237" wp14:editId="476F6884">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26DAC5CD" wp14:editId="1741052E">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="2105573937" name="Gráfico 1"/>
+            <wp:docPr id="1087898042" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2105573937" name=""/>
+                    <pic:cNvPr id="1087898042" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6E286D" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="53088222" w14:textId="5754B8AE" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="57944734" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="3832FAF5" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="201B4AA9" w14:textId="68365959" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="683DE0EC" wp14:editId="16E35E95">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="080EA911" wp14:editId="4E36B571">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="1990695229" name="Gráfico 1"/>
+            <wp:docPr id="1356187907" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1990695229" name=""/>
+                    <pic:cNvPr id="1356187907" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE0EFD9" w14:textId="075EEBE6" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="3B67BD6B" w14:textId="0F38FA22" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F8C8D1A" wp14:editId="425CB55C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17E0936A" wp14:editId="6960848F">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="2096279113" name="Gráfico 1"/>
+            <wp:docPr id="790495774" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2096279113" name=""/>
+                    <pic:cNvPr id="790495774" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId13"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2DC95B" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5D25CBD0" w14:textId="0BD1C085" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="0A24C660" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="4E5CF839" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="55FAE923" w14:textId="46F0C9B2" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D3591B" wp14:editId="073E3BA1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E768E94" wp14:editId="099F9826">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="1403064816" name="Gráfico 1"/>
+            <wp:docPr id="61206771" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1403064816" name=""/>
+                    <pic:cNvPr id="61206771" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId15"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FC7328" w14:textId="6116B680" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="73173E2C" w14:textId="42AAAD16" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F644223" wp14:editId="65FCBA9F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28BF0A5F" wp14:editId="76AB9C91">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="1042601676" name="Gráfico 1"/>
+            <wp:docPr id="1123682463" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1042601676" name=""/>
+                    <pic:cNvPr id="1123682463" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId17"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A06F00B" w14:textId="611EE112" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="5D3866C3" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="29EA7FC5" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="08A4B932" w14:textId="5442BCD9" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78AD6D0A" wp14:editId="02908551">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F53B4F0" wp14:editId="34E11AAC">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="306200529" name="Gráfico 1"/>
+            <wp:docPr id="743431000" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="306200529" name=""/>
+                    <pic:cNvPr id="743431000" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId19"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1399FAFC" w14:textId="143B5672" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="4F214834" w14:textId="246D6E54" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43701880" wp14:editId="05B55E8E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="152E5A4B" wp14:editId="6C1D0995">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="588418369" name="Gráfico 1"/>
+            <wp:docPr id="1653586924" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="588418369" name=""/>
+                    <pic:cNvPr id="1653586924" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DD58D0" w14:textId="46332BCF" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+    <w:p w14:paraId="39BF1E57" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="1D12D019" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="4A346469" w14:textId="2AD1C4F7" w:rsidR="005244D6" w:rsidRDefault="005244D6">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34246C35" wp14:editId="6D8FE0FC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C7DF9E4" wp14:editId="49088C4A">
             <wp:extent cx="5400040" cy="4050030"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-            <wp:docPr id="1956178416" name="Gráfico 1"/>
+            <wp:docPr id="1231000177" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1956178416" name=""/>
+                    <pic:cNvPr id="1231000177" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId23"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5400040" cy="4050030"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61458CB4" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId29"/>
+    <w:p w14:paraId="1DA62EB3" w14:textId="022EE1DE" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B9BBB6B" wp14:editId="2F8AC0C1">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="1451510272" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1451510272" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId25"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBB89D8" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="55BB170F" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="4A461D39" w14:textId="49A7FBBF" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C71B304" wp14:editId="12872130">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="1014226705" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1014226705" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId27"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5569AC27" w14:textId="6927B94F" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33FD095B" wp14:editId="18B85CBF">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="620899885" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="620899885" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId29"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43765C8E" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="02358373" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="625BEF94" w14:textId="61A13D3C" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01B70C41" wp14:editId="5CB24743">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="264655838" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="264655838" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId29"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193E24A8" w14:textId="1026734A" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E218512" wp14:editId="05AE064C">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="336139032" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="336139032" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId30">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId31"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB8C0C4" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="5891F71A" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="0699505F" w14:textId="7BF0DC9B" w:rsidR="005244D6" w:rsidRDefault="005244D6">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="624C1B32" wp14:editId="74FF6C00">
+            <wp:extent cx="5400040" cy="4050030"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="1648196" name="Gráfico 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1648196" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId32">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId33"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5400040" cy="4050030"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FA19D2" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="5B4D5B26" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="6219417E" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="5674C2BD" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="6AC2344E" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:p w14:paraId="51A7AF17" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6"/>
+    <w:sectPr w:rsidR="005244D6">
+      <w:headerReference w:type="even" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId35"/>
+      <w:footerReference w:type="even" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId37"/>
+      <w:headerReference w:type="first" r:id="rId38"/>
+      <w:footerReference w:type="first" r:id="rId39"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5903BFC1" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+    <w:p w14:paraId="0874AEBF" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E91A305" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+    <w:p w14:paraId="41D03D4D" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="53B39570" w14:textId="107967A4" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5376FC3F" w14:textId="7D259CCE" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C89B8F3" wp14:editId="1930E959">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26FD8C3D" wp14:editId="4BB1ECAA">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="4798695" cy="383540"/>
               <wp:effectExtent l="0" t="0" r="1905" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="35385206" name="Caixa de Texto 5" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
+              <wp:docPr id="2003461906" name="Caixa de Texto 5" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4798695" cy="383540"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="10EF7888" w14:textId="4DEFB413" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="620A2FEE" w14:textId="3BDD9E0B" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1C89B8F3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="26FD8C3D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="Companhia do Metrô - Documento Classificado como CORPORATIVO." style="position:absolute;margin-left:0;margin-top:0;width:377.85pt;height:30.2pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaBLLPEAIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0TZcYcYqsRYYB&#10;RVsgHXpWZDk2IIkCpcTOfv0oJU62bqdhF5kmKX689zS/641me4W+BVvy8SjnTFkJVWu3Jf/+uvo0&#10;5cwHYSuhwaqSH5Tnd4uPH+adK9QVNKArhYyKWF90ruRNCK7IMi8bZYQfgVOWgjWgEYF+cZtVKDqq&#10;bnR2lee3WQdYOQSpvCfvwzHIF6l+XSsZnuvaq8B0yWm2kE5M5yae2WIuii0K17TyNIb4hymMaC01&#10;PZd6EEGwHbZ/lDKtRPBQh5EEk0Fdt1KlHWibcf5um3UjnEq7EDjenWHy/6+sfNqv3Quy0H+BngiM&#10;gHTOF56ccZ++RhO/NCmjOEF4OMOm+sAkOW8+z6a3swlnkmLX0+vJTcI1u9x26MNXBYZFo+RItCS0&#10;xP7RB+pIqUNKbGZh1WqdqNH2NwclRk92GTFaod/0rK1okmH8DVQH2grhSLh3ctVS60fhw4tAYpgW&#10;IdWGZzpqDV3J4WRx1gD++Js/5hPwFOWsI8WU3JKkOdPfLBESxTUYOBibZIxn+SSnuN2ZeyAdjulJ&#10;OJlM8mLQg1kjmDfS8zI2opCwktqVfDOY9+EoXXoPUi2XKYl05ER4tGsnY+kIV8TytX8T6E6AB6Lq&#10;CQY5ieId7sfceNO75S4Q+omUCO0RyBPipMHE1em9RJH/+p+yLq968RMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOGWT2TcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrkXorDtAACnEQ&#10;QuqJqhLQS2+LvSRp43UUOxD+vm4v7WWl0Yxm3uabwTbiSp2vHSuYThIQxNqZmksF76eXpxUIH5AN&#10;No5JwZ08bIrRQ46ZcTc+0PUYShFL2GeooAqhzaT0uiKLfuJa4uhdXGcxRNmV0nR4i+W2kbMkWUiL&#10;NceFClvaVaS/jr1VkB7Ca//Gp/nHMLt/7tudnl/2WqnH8bBdgwg0hL8w/OBHdCgi09n1bLxoFMRH&#10;wu+N3jJNlyDOChbJM8gil//hi28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmgSyzxAC&#10;AAAdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4ZZP&#10;ZNwAAAAEAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="10EF7888" w14:textId="4DEFB413" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="620A2FEE" w14:textId="3BDD9E0B" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5222ED07" w14:textId="0F795DCD" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="29BD60D1" w14:textId="097DADA9" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E10309A" wp14:editId="7E08C07C">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="357BD010" wp14:editId="71F59593">
               <wp:simplePos x="1079500" y="10071100"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="4798695" cy="383540"/>
               <wp:effectExtent l="0" t="0" r="1905" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="513504075" name="Caixa de Texto 6" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
+              <wp:docPr id="1423636054" name="Caixa de Texto 6" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4798695" cy="383540"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7EDAF095" w14:textId="304C82AF" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="6965B82B" w14:textId="7E5749E5" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3E10309A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="357BD010" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 6" o:spid="_x0000_s1029" type="#_x0000_t202" alt="Companhia do Metrô - Documento Classificado como CORPORATIVO." style="position:absolute;margin-left:0;margin-top:0;width:377.85pt;height:30.2pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3uwDyEQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0TZcYcYqsRYYB&#10;RVsgHXpWZDk2IIkCpcTOfv0oJU62bqdhF5kmKX689zS/641me4W+BVvy8SjnTFkJVWu3Jf/+uvo0&#10;5cwHYSuhwaqSH5Tnd4uPH+adK9QVNKArhYyKWF90ruRNCK7IMi8bZYQfgVOWgjWgEYF+cZtVKDqq&#10;bnR2lee3WQdYOQSpvCfvwzHIF6l+XSsZnuvaq8B0yWm2kE5M5yae2WIuii0K17TyNIb4hymMaC01&#10;PZd6EEGwHbZ/lDKtRPBQh5EEk0Fdt1KlHWibcf5um3UjnEq7EDjenWHy/6+sfNqv3Quy0H+BngiM&#10;gHTOF56ccZ++RhO/NCmjOEF4OMOm+sAkOW8+z6a3swlnkmLX0+vJTcI1u9x26MNXBYZFo+RItCS0&#10;xP7RB+pIqUNKbGZh1WqdqNH2NwclRk92GTFaod/0rK1KPhnG30B1oK0QjoR7J1cttX4UPrwIJIZp&#10;EVJteKaj1tCVHE4WZw3gj7/5Yz4BT1HOOlJMyS1JmjP9zRIhUVyDgYOxScZ4lk9yituduQfS4Zie&#10;hJPJJC8GPZg1gnkjPS9jIwoJK6ldyTeDeR+O0qX3INVymZJIR06ER7t2MpaOcEUsX/s3ge4EeCCq&#10;nmCQkyje4X7MjTe9W+4CoZ9IidAegTwhThpMXJ3eSxT5r/8p6/KqFz8BAAD//wMAUEsDBBQABgAI&#10;AAAAIQDhlk9k3AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6Kw7QAApx&#10;EELqiaoS0Etvi70kaeN1FDsQ/r5uL+1lpdGMZt7mm8E24kqdrx0rmE4SEMTamZpLBe+nl6cVCB+Q&#10;DTaOScGdPGyK0UOOmXE3PtD1GEoRS9hnqKAKoc2k9Loii37iWuLoXVxnMUTZldJ0eIvltpGzJFlI&#10;izXHhQpb2lWkv469VZAewmv/xqf5xzC7f+7bnZ5f9lqpx/GwXYMINIS/MPzgR3QoItPZ9Wy8aBTE&#10;R8Lvjd4yTZcgzgoWyTPIIpf/4YtvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPe7APIR&#10;AgAAHQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOGW&#10;T2TcAAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="7EDAF095" w14:textId="304C82AF" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="6965B82B" w14:textId="7E5749E5" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="206F8E7A" w14:textId="1718F6A4" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AA65D6D" w14:textId="3AD83607" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33BAAE59" wp14:editId="0672A740">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="139D7806" wp14:editId="50FF3F05">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="4798695" cy="383540"/>
               <wp:effectExtent l="0" t="0" r="1905" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="85648441" name="Caixa de Texto 4" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
+              <wp:docPr id="1724751673" name="Caixa de Texto 4" descr="Companhia do Metrô - Documento Classificado como CORPORATIVO.">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4798695" cy="383540"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="75463E04" w14:textId="22C602E3" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="5C43B00E" w14:textId="2BC600D3" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="33BAAE59" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="139D7806" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="Companhia do Metrô - Documento Classificado como CORPORATIVO." style="position:absolute;margin-left:0;margin-top:0;width:377.85pt;height:30.2pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZOK9/EAIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0TZcYcYqsRYYB&#10;RVsgHXpWZDk2IIkCpcTOfv0oJU62bqdhF5kmKX689zS/641me4W+BVvy8SjnTFkJVWu3Jf/+uvo0&#10;5cwHYSuhwaqSH5Tnd4uPH+adK9QVNKArhYyKWF90ruRNCK7IMi8bZYQfgVOWgjWgEYF+cZtVKDqq&#10;bnR2lee3WQdYOQSpvCfvwzHIF6l+XSsZnuvaq8B0yWm2kE5M5yae2WIuii0K17TyNIb4hymMaC01&#10;PZd6EEGwHbZ/lDKtRPBQh5EEk0Fdt1KlHWibcf5um3UjnEq7EDjenWHy/6+sfNqv3Quy0H+BngiM&#10;gHTOF56ccZ++RhO/NCmjOEF4OMOm+sAkOW8+z6a3swlnkmLX0+vJTcI1u9x26MNXBYZFo+RItCS0&#10;xP7RB+pIqUNKbGZh1WqdqNH2NwclRk92GTFaod/0rK2o+TD+BqoDbYVwJNw7uWqp9aPw4UUgMUyL&#10;kGrDMx21hq7kcLI4awB//M0f8wl4inLWkWJKbknSnOlvlgiJ4hoMHIxNMsazfJJT3O7MPZAOx/Qk&#10;nEwmeTHowawRzBvpeRkbUUhYSe1KvhnM+3CULr0HqZbLlEQ6ciI82rWTsXSEK2L52r8JdCfAA1H1&#10;BIOcRPEO92NuvOndchcI/URKhPYI5Alx0mDi6vReosh//U9Zl1e9+AkAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOGWT2TcAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrkXorDtAACnEQ&#10;QuqJqhLQS2+LvSRp43UUOxD+vm4v7WWl0Yxm3uabwTbiSp2vHSuYThIQxNqZmksF76eXpxUIH5AN&#10;No5JwZ08bIrRQ46ZcTc+0PUYShFL2GeooAqhzaT0uiKLfuJa4uhdXGcxRNmV0nR4i+W2kbMkWUiL&#10;NceFClvaVaS/jr1VkB7Ca//Gp/nHMLt/7tudnl/2WqnH8bBdgwg0hL8w/OBHdCgi09n1bLxoFMRH&#10;wu+N3jJNlyDOChbJM8gil//hi28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmTivfxAC&#10;AAAdBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4ZZP&#10;ZNwAAAAEAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
-                  <w:p w14:paraId="75463E04" w14:textId="22C602E3" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="5C43B00E" w14:textId="2BC600D3" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Companhia do Metrô - Documento Classificado como CORPORATIVO.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="336B27E5" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+    <w:p w14:paraId="3ACC91C3" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="144CA27A" w14:textId="77777777" w:rsidR="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+    <w:p w14:paraId="7E287F02" w14:textId="77777777" w:rsidR="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="38489F1A" w14:textId="07416BAF" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B408FAE" w14:textId="03566E46" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73CCD8A3" wp14:editId="21C997BE">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25D1349F" wp14:editId="656FEF7C">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="2752090" cy="480695"/>
               <wp:effectExtent l="0" t="0" r="10160" b="14605"/>
               <wp:wrapNone/>
-              <wp:docPr id="855101667" name="Caixa de Texto 2" descr="Classificação: Corporativo">
+              <wp:docPr id="985619614" name="Caixa de Texto 2" descr="Classificação: Corporativo">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2752090" cy="480695"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0D68C1AA" w14:textId="06DA4A16" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="466D933D" w14:textId="74B65EA1" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                             <w:t>Classificação: Corporativo</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="73CCD8A3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="25D1349F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="Classificação: Corporativo" style="position:absolute;margin-left:0;margin-top:0;width:216.7pt;height:37.85pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCChftoDAIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpWuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZI+pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvl0&#10;S4kPzFRMgRElPQtP71YfPyxbW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgGv7pBVjrWI&#10;rlU2y/ObrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/N00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wodLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHonH2Zz/IFhjjGPt/mN4t5hMmuf1vnwzcBmkSjpA7Xkthi&#10;p60PfeqYEosZ2DRKpdUo85sDMaMnu7YYrdDtO9JUb9rfQ3XGqRz0C/eWbxosvWU+PDOHG8ZuUbXh&#10;CQ+poC0pDBYlNbiff/PHfCQeo5S0qJiSGpQ0Jeq7wYVEcSVjusjnOd7c6N6Phjnqe0AdTvFJWJ7M&#10;mBfUaEoH+hX1vI6FMMQMx3IlDaN5H3rp4nvgYr1OSagjy8LW7CyP0JGuyOVL98qcHQgPuKpHGOXE&#10;ine897nxT2/Xx4Dsp6VEansiB8ZRg2mtw3uJIn97T1nXV736BQAA//8DAFBLAwQUAAYACAAAACEA&#10;9PodKdsAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNthQqpnRJiwoEb&#10;onJeumNb7c423QEqv97Vi14meXkv731TLEfXqRMNofWMkE4SUMSVty3XCK8v67sFqCCGrek8E8IX&#10;BViW11eFya0/8zOddlKrWMIhNwiNSJ9rHaqGnAkT3xNH790PzkiUQ63tYM6x3HX6PkketDMtx4XG&#10;9PTUUPW5OzqENlt5Selts/7Yu9Snl+0mu2wRb2/G1SMooVH+wvCDH9GhjEwHf2QbVIcQH5HfG73Z&#10;dDoDdUCYZ3PQZaH/w5ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIKF+2gMAgAAHQQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPT6HSnbAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAZgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0D68C1AA" w14:textId="06DA4A16" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="466D933D" w14:textId="74B65EA1" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                       <w:t>Classificação: Corporativo</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5D98690D" w14:textId="1D172BE1" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3219A813" w14:textId="3B379CA2" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CFB09EB" wp14:editId="178D8F48">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F80D814" wp14:editId="6C67C84A">
               <wp:simplePos x="1079500" y="450850"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="2752090" cy="480695"/>
               <wp:effectExtent l="0" t="0" r="10160" b="14605"/>
               <wp:wrapNone/>
-              <wp:docPr id="690287795" name="Caixa de Texto 3" descr="Classificação: Corporativo">
+              <wp:docPr id="1837747974" name="Caixa de Texto 3" descr="Classificação: Corporativo">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2752090" cy="480695"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="793325DC" w14:textId="3A406920" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="4ACE21F4" w14:textId="60F96228" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                             <w:t>Classificação: Corporativo</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1CFB09EB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5F80D814" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="Classificação: Corporativo" style="position:absolute;margin-left:0;margin-top:0;width:216.7pt;height:37.85pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1RCwuDgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpWuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZI+pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvl0&#10;S4kPzFRMgRElPQtP71YfPyxbW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgGv7pBVjrWI&#10;rlU2y/ObrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/N00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wodLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHonH2Zz/IFhjjGPt/mN4t5hMmuf1vnwzcBmkSjpA7Xkthi&#10;p60PfeqYEosZ2DRKpdUo85sDMaMnu7YYrdDtO9JU2MnY/h6qM07loF+4t3zTYOkt8+GZOdwwdouq&#10;DU94SAVtSWGwKKnB/fybP+Yj8RilpEXFlNSgpClR3w0uJIorGdNFPs/x5kb3fjTMUd8D6nCKT8Ly&#10;ZMa8oEZTOtCvqOd1LIQhZjiWK2kYzfvQSxffAxfrdUpCHVkWtmZneYSOdEUuX7pX5uxAeMBVPcIo&#10;J1a8473PjX96uz4GZD8tJVLbEzkwjhpMax3eSxT523vKur7q1S8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0+h0p2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4k22FCqmdEmLC&#10;gRuicl66Y1vtzjbdASq/3tWLXiZ5eS/vfVMsR9epEw2h9YyQThJQxJW3LdcIry/ruwWoIIat6TwT&#10;whcFWJbXV4XJrT/zM512UqtYwiE3CI1In2sdqoacCRPfE0fv3Q/OSJRDre1gzrHcdfo+SR60My3H&#10;hcb09NRQ9bk7OoQ2W3lJ6W2z/ti71KeX7Sa7bBFvb8bVIyihUf7C8IMf0aGMTAd/ZBtUhxAfkd8b&#10;vdl0OgN1QJhnc9Blof/Dl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANUQsLg4CAAAd&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9PodKdsA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="793325DC" w14:textId="3A406920" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="4ACE21F4" w14:textId="60F96228" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                       <w:t>Classificação: Corporativo</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5762845B" w14:textId="32928DE8" w:rsidR="00205B33" w:rsidRDefault="00205B33">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BD5F52A" w14:textId="45FCB21F" w:rsidR="005244D6" w:rsidRDefault="005244D6">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B5ADCD1" wp14:editId="03000EC3">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A4A298E" wp14:editId="58DF6AD8">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
               <wp:extent cx="2752090" cy="480695"/>
               <wp:effectExtent l="0" t="0" r="10160" b="14605"/>
               <wp:wrapNone/>
-              <wp:docPr id="556964946" name="Caixa de Texto 1" descr="Classificação: Corporativo">
+              <wp:docPr id="1164860524" name="Caixa de Texto 1" descr="Classificação: Corporativo">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
                     <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2752090" cy="480695"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3438769E" w14:textId="752B580C" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                        <w:p w14:paraId="25F43A54" w14:textId="256E5F4A" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00205B33">
+                          <w:r w:rsidRPr="005244D6">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:noProof/>
                               <w:color w:val="FFD700"/>
                               <w:sz w:val="30"/>
                               <w:szCs w:val="30"/>
                             </w:rPr>
                             <w:t>Classificação: Corporativo</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3B5ADCD1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="0A4A298E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Caixa de Texto 1" o:spid="_x0000_s1030" type="#_x0000_t202" alt="Classificação: Corporativo" style="position:absolute;margin-left:0;margin-top:0;width:216.7pt;height:37.85pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN3ikYCgIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCpWuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZI+pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvl0&#10;S4kPzFRMgRElPQtP71YfPyxbW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgGv7pBVjrWI&#10;rlU2y/ObrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/N00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wodLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHonH2Zz/IFhjjGPt/mN4t5hMmuf1vnwzcBmkSjpA7Xkthi&#10;p60PfeqYEosZ2DRKpdUo85sDMaMnu7YYrdDtu6HvPVRnHMdBv2lv+abBmlvmwzNzuFpsE+UanvCQ&#10;CtqSwmBRUoP7+Td/zEfGMUpJi1IpqUEtU6K+G9xEVFUypot8nuPNje79aJijvgcU4BTfguXJjHlB&#10;jaZ0oF9RyOtYCEPMcCxX0jCa96HXLD4ELtbrlIQCsixszc7yCB15iiS+dK/M2YHpgDt6hFFHrHhH&#10;eJ8b//R2fQxIe9pG5LQncqAaxZf2OTyUqO6395R1fc6rXwAAAP//AwBQSwMEFAAGAAgAAAAhAPT6&#10;HSnbAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbYUKqZ0SYsKBG6Jy&#10;XrpjW+3ONt0BKr/e1YteJnl5L+99UyxH16kTDaH1jJBOElDElbct1wivL+u7Bagghq3pPBPCFwVY&#10;ltdXhcmtP/MznXZSq1jCITcIjUifax2qhpwJE98TR+/dD85IlEOt7WDOsdx1+j5JHrQzLceFxvT0&#10;1FD1uTs6hDZbeUnpbbP+2LvUp5ftJrtsEW9vxtUjKKFR/sLwgx/RoYxMB39kG1SHEB+R3xu92XQ6&#10;A3VAmGdz0GWh/8OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCN3ikYCgIAABYEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD0+h0p2wAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="3438769E" w14:textId="752B580C" w:rsidR="00205B33" w:rsidRPr="00205B33" w:rsidRDefault="00205B33" w:rsidP="00205B33">
+                  <w:p w14:paraId="25F43A54" w14:textId="256E5F4A" w:rsidR="005244D6" w:rsidRPr="005244D6" w:rsidRDefault="005244D6" w:rsidP="005244D6">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00205B33">
+                    <w:r w:rsidRPr="005244D6">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:noProof/>
                         <w:color w:val="FFD700"/>
                         <w:sz w:val="30"/>
                         <w:szCs w:val="30"/>
                       </w:rPr>
                       <w:t>Classificação: Corporativo</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00205B33"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsidRoot w:val="005244D6"/>
     <w:rsid w:val="003342D4"/>
-    <w:rsid w:val="00C90320"/>
+    <w:rsid w:val="005244D6"/>
+    <w:rsid w:val="00E83B70"/>
     <w:rsid w:val="00EB1938"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F914611"/>
+  <w14:docId w14:val="5ECD44BA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{00D25013-1494-4F90-ACDA-D5AACA74AD15}"/>
+  <w15:docId w15:val="{B91D6B99-DEF6-4FE1-8F00-64AFF32AB835}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1799,630 +2104,615 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Char">
     <w:name w:val="Título 1 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
     <w:name w:val="Título 2 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Char">
     <w:name w:val="Título 3 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Char">
     <w:name w:val="Título 4 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo5Char">
     <w:name w:val="Título 5 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo6Char">
     <w:name w:val="Título 6 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo7Char">
     <w:name w:val="Título 7 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo8Char">
     <w:name w:val="Título 8 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Char">
     <w:name w:val="Título 9 Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TtuloChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TtuloChar">
     <w:name w:val="Título Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubttuloChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubttuloChar">
     <w:name w:val="Subtítulo Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Subttulo"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citao">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaoChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaoChar">
     <w:name w:val="Citação Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Citao"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfaseIntensa">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CitaoIntensa">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitaoIntensaChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaoIntensaChar">
     <w:name w:val="Citação Intensa Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="CitaoIntensa"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="RefernciaIntensa">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00205B33"/>
+    <w:rsid w:val="005244D6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.svg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.svg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.svg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.svg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.svg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.svg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.svg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.svg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.svg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2680,99 +2970,102 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>20</Characters>
+  <Pages>8</Pages>
+  <Words>7</Words>
+  <Characters>43</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Metro SP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22</CharactersWithSpaces>
+  <CharactersWithSpaces>49</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ROSINALDO CABRAL DE MELO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
-    <vt:lpwstr>21329c52,32f7d0e3,2924f4b3</vt:lpwstr>
+    <vt:lpwstr>456e5c6c,3abf5c9e,6d89cf06</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#ffd700,15,Arial Black</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>Classificação: Corporativo</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
-    <vt:lpwstr>51ae439,21bef76,1e9b734b</vt:lpwstr>
+    <vt:lpwstr>66cd9f39,776a6712,54daf656</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
     <vt:lpwstr>#ffd700,10,Arial Black</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
     <vt:lpwstr>Companhia do Metrô - Documento Classificado como CORPORATIVO.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_SetDate">
-    <vt:lpwstr>2025-07-10T18:33:42Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-28T14:40:26Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_Name">
     <vt:lpwstr>Restrita</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_SiteId">
     <vt:lpwstr>623b0f62-ff86-487b-ae99-9b20f75d41fb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_ActionId">
-    <vt:lpwstr>73e6237d-c834-4699-8729-76bb1c04d561</vt:lpwstr>
+    <vt:lpwstr>99d9acb9-c302-493a-9e92-f6e1298a4fd7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_ContentBits">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_a6be9125-1e38-4d76-aa4b-f28b433237df_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>